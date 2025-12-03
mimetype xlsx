--- v0 (2025-10-04)
+++ v1 (2025-12-03)
@@ -60,51 +60,51 @@
   <si>
     <t>Paulo Tatu</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem na forma regimental requerer a Vossa Excelência que se digne remeter o presente ao Exmo. Sr Mário Cesar Barreto Azevedo – Prefeito Municipal e a Secretária Municipal de Infraestrutura e Planejamento Urbano, a manutenção e limpeza em geral das fossas da Rua Guarani, no Setor Industrial, devido ao escoamento de resíduos.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Indicação nº 224 de 2025</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, após ouvido o Plenário e dispensadas as demais formalidades regimentais, indica, ao Sr. Mário Cesar Barreto de Azevedo – Prefeito e ao Setor competente, a implantação de um “cano” para o abastecimento de carro-pipa e os demais no Bairro do Jardim aeroporto, especificamente onde está localizado a “Bomba” que abastece o Bairro Boa Esperança, uma vez, facilitará para o carro-pipa o fornecimento de água para aquela área e zonas adjacentes. A criação é necessária para manter o bem-estar e a qualidade de vida dos cidadãos que ali residem, pois o abastecimento de alguns bairros ainda não se encontra conforme as subestações de distribuição, principalmente a distribuição para a área rural. A presente indicação tem como finalidade suprir a demanda da falta de água que liga a subestação de distribuição a zonas adjacentes (Boa Esperança), por se tratar de um bem de consumo finito e essencial para a saúde. Por fim, essa implantação garantirá atender às necessidades dos serviços à população.</t>
   </si>
   <si>
     <t>Requerimento nº 1268 de 2025</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem na forma regimental requerer a Vossa Excelência que se digne remeter o presente ao Exmo. Sr. Prefeito Municipal -  Mário César Barreto de Azevedo e a Sra. Secretária de Serviços Públicos – Juliana Tenório, solicitando um mutirão de capinação, varrição e limpeza em geral do Bairro Centenário.</t>
   </si>
   <si>
     <t>Requerimento nº 1269 de 2025</t>
   </si>
   <si>
-    <t>Cícera Freire de Melo</t>
+    <t>Cícera Macário</t>
   </si>
   <si>
     <t>Exmo. Sr. Prefeito Municipal – Mario Cesar Barreto Azevedo, juntamente _x000D_
 com o Sr. Secretário de infraestrutura –, no sentido de providenciar a troca de _x000D_
 tubulação de esgoto na Rua Recife Nº 387, Bairro dos Rodoviários Paulo Afonso _x000D_
 BA, justificando que o mal cheiro está causando transtorno aos moradores da _x000D_
 rua. Na certeza do atendimento agradeço desde já.</t>
   </si>
   <si>
     <t>Requerimento nº 1270 de 2025</t>
   </si>
   <si>
     <t>Deivide Henrique Lima Silva</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, após ouvido o Plenário, vem na forma regimental requerer a Vossa Excelência que se digne remeter o presente ao Exmo. Sr. Prefeito – Mário Cesar Barreto Azevedo, junto a Secretaria de Saúde, que sejam disponibilizados exames laboratoriais no Pronto Socorro Infantil Municipal, tendo em vista que a unidade hoje só conta com exames de Raio x, dificultando assim o melhor diagnóstico.</t>
   </si>
   <si>
     <t>Requerimento nº 1271 de 2025</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, após ouvido o Plenário, vem na forma regimental requerer a Vossa Excelência que se digne remeter o presente ao Exmo. Sr. Prefeito – Mário Cesar Barreto Azevedo, junto a Secretaria de Infraestrutura e Planejamento Urbano, solicitando a requalificação da Casa Comunitária, localizada no Residencial Josefino Teixeira.</t>
   </si>
   <si>
     <t>Requerimento nº 1272 de 2025</t>