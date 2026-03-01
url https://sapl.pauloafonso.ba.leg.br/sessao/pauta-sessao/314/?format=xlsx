--- v0 (2025-10-06)
+++ v1 (2026-03-01)
@@ -131,51 +131,51 @@
     <t>José Abel Souza</t>
   </si>
   <si>
     <t>Limpeza e Capinação - Boa Esperança</t>
   </si>
   <si>
     <t>Requerimento nº 1251 de 2025</t>
   </si>
   <si>
     <t>Celso Brito Miranda</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, no uso de suas atribuições regimentais, solicita prazo de resposta, ao Exmo. Sr. Prefeito Municipal – Mário César Barreto Azevedo, juntamente a Ilma. Sra. Secretária Municipal de Desenvolvimento Social – Sra. Edla Andrade Carvalho, para que informe e providencie, no prazo legal, conforme abaixo:_x000D_
 Que seja informado o número exato de famílias atualmente contempladas pelo Programa Cartão “Viver Melhor”,</t>
   </si>
   <si>
     <t>Requerimento nº 1252 de 2025</t>
   </si>
   <si>
     <t>a manutenção da iluminação da quadra de esportes localizada no bairro Tancredo Neves II, na Rua Chico Mendes, ao lado do Colégio Rivadalva Carvalho.</t>
   </si>
   <si>
     <t>Requerimento nº 1253 de 2025</t>
   </si>
   <si>
-    <t>Cícera Freire de Melo</t>
+    <t>Cícera Macário</t>
   </si>
   <si>
     <t>Exmo. Sr. Prefeito Municipal – Mario Cesar Barreto Azevedo, juntamente _x000D_
 com o Sra. Secretária de Saúde – Renata Fernandes, no sentido de _x000D_
 providenciar a construção de uma UBS, no Condomínio Josefino Teixeira 2, _x000D_
 Bairro Tancredo Neves 3, Paulo Afonso BA, justificando que as demandas e _x000D_
 quantidade de moradores na localidade é extensa, necessitando assim do _x000D_
 atendimento.</t>
   </si>
   <si>
     <t>Requerimento nº 1254 de 2025</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, após ouvido o Plenário, vem na forma regimental requerer a Vossa Excelência que se digne remeter o presente ao Exmo. Sr. Prefeito – Mário Cesar Barreto Azevedo e o Sr. Secretário Municipal de Ordem pública e Segurança Cidadã – Anderson Andrade, solicitando as seguintes providências:_x000D_
 1.	Implantação de faixa de pedestres elevada em frente ao Colégio Guiomar Pereira._x000D_
 2. Instalação de placa de sinalização, proibindo expressamente a passagem de veículos sobre as calçadas em frente ao Colégio Guiomar Pereira,</t>
   </si>
   <si>
     <t>Requerimento nº 1255 de 2025</t>
   </si>
   <si>
     <t>Rubens Valentim dos Santos</t>
   </si>
   <si>
     <t>Solicitação com urgência o conserto de um bueiro danificado localizado na estrada que liga o povoado Xingozinho ao povoado Salobo.</t>