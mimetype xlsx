--- v0 (2025-10-03)
+++ v1 (2025-12-01)
@@ -91,51 +91,51 @@
     <t>Requerimento nº 1014 de 2025</t>
   </si>
   <si>
     <t>O Vereador que o Presente Subscreve, após Ouvido o Plenário, vem na Forma Regimental Requerer a Vossa Excelência que se Digne Remeter o Presente ao Exmo. Sr. Prefeito Municipal Mário César Barreto Azevedo, solicitando que seja feito os reparos do asfalto que fica localizado na Avenida Rio Branco no Bairro Jardim Bahia (fim da rua, entrada para o bairro Dernival Oliveira)  em Paulo Afonso-BA,</t>
   </si>
   <si>
     <t>Requerimento nº 1015 de 2025</t>
   </si>
   <si>
     <t>O Vereador que o Presente Subscreve, após Ouvido o Plenário, vem na Forma Regimental Requerer a Vossa Excelência que se Digne Remeter o Presente ao Exmo. Sr. Prefeito Municipal Mário César Barreto Azevedo, solicitando a realização de um estudo técnico visando à implantação de sinalização adequada na área situada em frente à Igreja Católica São Jose de Anchieta, localizada no Bairro Jardim Bahia em Paulo Afonso-BA._x000D_
 A referida solicitação se justifica pela necessidade de organizar o trafego de veículos e pedestre na região, promovendo maior segurança para comunidade local, especialmente nos horários de maior fluxo, como durante as celebrações religiosas.</t>
   </si>
   <si>
     <t>Requerimento nº 1050 de 2025</t>
   </si>
   <si>
     <t>Neivor Manfredi</t>
   </si>
   <si>
     <t>Solicitação de limpeza e retirada de acúmulo de lixos e entulhos – Travessa Glauber Rocha</t>
   </si>
   <si>
     <t>Requerimento nº 1051 de 2025</t>
   </si>
   <si>
-    <t>Cícera Freire de Melo</t>
+    <t>Cícera Macário</t>
   </si>
   <si>
     <t>Exmo. Sr. Prefeito Municipal – Mario Cesar Barreto Azevedo, juntamente com o Sr. Secretário de infraestrutura –, no sentido de providenciar o concerto do poste da Avenida BA 210, Número 2784 BTN III, justificando que o mesmo se encontra com a estrutura danificada causando risco a comunidade.</t>
   </si>
   <si>
     <t>Requerimento nº 1052 de 2025</t>
   </si>
   <si>
     <t>Valmir Rocha</t>
   </si>
   <si>
     <t>O Vereador que subscreve, após ouvido o Plenário, requer, na forma regimental, a Vossa Excelência que se digne encaminhar o presente requerimento ao Exmo. Sr. Prefeito Municipal, Mario Cesar Barreto Azevedo, juntamente à Secretaria Municipal de Infraestrutura e Planejamento Urbano, solicitando providências para a execução de serviços de tapa-buracos e reparo do pavimento na Rua Portinari, Bairro Tancredo Neves III (BTN III), neste município.</t>
   </si>
   <si>
     <t>Requerimento nº 1053 de 2025</t>
   </si>
   <si>
     <t>O Vereador que subscreve, após ouvido o Plenário, requer, na forma regimental, a Vossa Excelência que se digne encaminhar o presente requerimento ao Exmo. Sr. Prefeito Municipal, Mario Cesar Barreto Azevedo, juntamente à Secretaria Municipal de Infraestrutura e Planejamento Urbano, solicitando providências para a repintura das faixas de pedestres na Rua Joana Darque, em frente ao nº 73, bairro  Jardim Bahia, em Paulo Afonso-BA.</t>
   </si>
   <si>
     <t>Requerimento nº 1054 de 2025</t>
   </si>
   <si>
     <t>O Vereador que subscreve, após ouvido o Plenário, requer, na forma regimental, a Vossa Excelência que se digne encaminhar o presente requerimento ao Exmo. Sr. Prefeito Municipal, Mario Cesar Barreto Azevedo, juntamente à Secretaria Municipal de Infraestrutura e Planejamento Urbano, solicitando a construção de uma praça equipada com academia da saúde e brinquedos para as crianças na Rua Alvorada, em frente à Igreja Menino Jesus de Praga, no bairro Barroca, em Paulo Afonso – BA.</t>
   </si>